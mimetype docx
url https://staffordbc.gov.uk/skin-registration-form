--- v0 (2025-10-14)
+++ v1 (2026-03-17)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="069E2AA7" w14:textId="3B7AD879" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
@@ -131,56 +131,57 @@
       <w:r w:rsidRPr="000D1726">
         <w:t>Microblading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C57F9E2" w14:textId="77777777" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I HEREBY MAKE APPLICATION under the provisions of the above Act for registration of the:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E52A21D" w14:textId="77777777" w:rsidR="000C7D78" w:rsidRDefault="000C7D78" w:rsidP="000C7D78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="000C7D78">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId7"/>
+        <w:sectPr w:rsidR="000C7D78" w:rsidSect="00D40E6D">
+          <w:footerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E9B3346" w14:textId="2A943CCB" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="00826DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -360,51 +361,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73222B04" w14:textId="77777777" w:rsidR="000C7D78" w:rsidRDefault="000C7D78" w:rsidP="000C7D78">
       <w:pPr>
         <w:sectPr w:rsidR="000C7D78" w:rsidSect="000C7D78">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D9BF549" w14:textId="1DB1EE53" w:rsidR="000C7D78" w:rsidRDefault="00C42287" w:rsidP="000C7D78">
+    <w:p w14:paraId="7D9BF549" w14:textId="1DB1EE53" w:rsidR="000C7D78" w:rsidRDefault="007A518E" w:rsidP="000C7D78">
       <w:r>
         <w:pict w14:anchorId="400512E0">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D88D2FC" w14:textId="5887ABA9" w:rsidR="000C7D78" w:rsidRDefault="000C7D78" w:rsidP="000C7D78">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Applicant </w:t>
       </w:r>
       <w:r w:rsidR="00F1359E">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55ACB56A" w14:textId="517607C0" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000C7D78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -843,56 +844,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Are you a</w:t>
       </w:r>
       <w:r w:rsidR="000D1726" w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pplying as a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2753F9" w14:textId="44A3B60F" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="00826DD2">
+    <w:p w14:paraId="1A2753F9" w14:textId="44A3B60F" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="00D40E6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business</w:t>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -968,52 +970,53 @@
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FEC20C" w14:textId="263429FB" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="00C42287" w:rsidP="000D1726">
-      <w:pPr>
+    <w:p w14:paraId="26FEC20C" w14:textId="263429FB" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="007A518E" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="56195DE6">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CD2443" w14:textId="740B8040" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:t>Business applicant</w:t>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:t xml:space="preserve"> details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F51001" w14:textId="25B81DF8" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
@@ -1812,51 +1815,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCAE070" w14:textId="598C0A1E" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="00C42287" w:rsidP="000D1726">
+    <w:p w14:paraId="0FCAE070" w14:textId="598C0A1E" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="007A518E" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="21F89C2C">
           <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EC9727" w14:textId="77777777" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:t>Details of the premises</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6F685F" w14:textId="794D5881" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -2377,51 +2380,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B9438C" w14:textId="1449C4AE" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="00C42287" w:rsidP="000D1726">
+    <w:p w14:paraId="22B9438C" w14:textId="1449C4AE" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="007A518E" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="79A399A2">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F423E4" w14:textId="63B6E7D9" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1726">
         <w:t xml:space="preserve">ersonal </w:t>
       </w:r>
       <w:r w:rsidR="00F1359E">
         <w:t>r</w:t>
       </w:r>
@@ -3858,64 +3861,883 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7023C033" w14:textId="269151D9" w:rsidR="000D1726" w:rsidRDefault="00C42287" w:rsidP="000D1726">
+    <w:p w14:paraId="7023C033" w14:textId="269151D9" w:rsidR="000D1726" w:rsidRDefault="007A518E" w:rsidP="000D1726">
       <w:r>
         <w:pict w14:anchorId="2FFDCC46">
-          <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1032" style="width:0;height:1.5pt" o:hralign="center" o:bullet="t" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CCE695" w14:textId="2E182A83" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="00826DD2">
+    <w:p w14:paraId="488D226B" w14:textId="7FB915AB" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:pageBreakBefore/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D1726">
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t>Registered practitioners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456E7A79" w14:textId="7C6EFA81" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Please confirm all registered practitioners who shall carry out treatments within business.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB81D1F" w14:textId="4E36E2D9" w:rsidR="00D40E6D" w:rsidRPr="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t>Registered practitioner 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0DBF4C" w14:textId="129A619C" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DCC7FC" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49708D1E" w14:textId="48D8CF5E" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Residential address</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652A30B5" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B959E5B" w14:textId="2A51B541" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Stafford Borough Council registration number</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7D5369" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE9836B" w14:textId="19428B85" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t xml:space="preserve">Registered practitioner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E7069F" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F5DF20" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087D8E8B" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Residential address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D21BA6" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7B8F23" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Stafford Borough Council registration number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252F17C5" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF7F631" w14:textId="2D0C1BCF" w:rsidR="00D40E6D" w:rsidRPr="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t xml:space="preserve">Registered practitioner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B580C85" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE529C7" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61807A80" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Residential address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E87E15" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A39AF97" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Stafford Borough Council registration number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02120408" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2398A63C" w14:textId="653CE827" w:rsidR="00D40E6D" w:rsidRPr="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext/>
+        <w:keepLines/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Registered practitioner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E6D">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED71D7D" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+      </w:pPr>
+      <w:r>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D93200D" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60414BD1" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Residential address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44067A80" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479657B7" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:r>
+        <w:t>Stafford Borough Council registration number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAFF1CD" w14:textId="77777777" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text56"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7D78">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CC5508" w14:textId="6EBEF905" w:rsidR="00D40E6D" w:rsidRPr="000D1726" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="702C4E26">
+          <v:rect id="_x0000_i1033" style="width:0;height:1.5pt" o:hralign="center" o:bullet="t" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CCE695" w14:textId="200E31B5" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="00D40E6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1726">
         <w:t>Any additional details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312EF8C3" w14:textId="77777777" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I am aware of the provisions of The Local Government (Miscellaneous Provisions) Act 1982. I have read the relevant </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bye-laws</w:t>
       </w:r>
@@ -3931,189 +4753,196 @@
     <w:p w14:paraId="720A1F83" w14:textId="56F6C9BB" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How we use your personal information The information that you have provided on this form will be used by Stafford Borough Council, who are the data controller, for the processing of your application and providing you with a licence. We will only share your information with/ or on The Public Register, The Home Office, other Government agencies, Council departments and Enforcement agencies and the National Fraud Initiative when necessary or where the law otherwise requires or allows us to do so. For further information, please see </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00660C00">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.staffordbc.gov.uk/privacynotices</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7028E3DB" w14:textId="47CFC3EA" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
+    <w:p w14:paraId="7028E3DB" w14:textId="4997C992" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:ind w:left="990" w:hanging="990"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NOTE:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000D1726">
-[...4 lines deleted...]
-        <w:t>Proof of your identity in the form of a valid passport or photo driving licence is required to support your application. (Do not send originals by post, as the Council will NOT accept responsibility for any loss or damage).</w:t>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="002A7E20">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proof of your identity in the form of a valid passport or birth certificate is required to support your application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1726">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (Do not send originals by post, as the Council will NOT accept responsibility for any loss or damage).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613638A9" w14:textId="6CCC03C8" w:rsidR="000D1726" w:rsidRPr="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fee: Please see current fees as published on Stafford Borough Council </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27817CEC" w14:textId="78462DE3" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="000C7D78">
+    <w:p w14:paraId="46E34F31" w14:textId="117CF96A" w:rsidR="002A7E20" w:rsidRDefault="000D1726" w:rsidP="002A7E20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1726">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text56"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
-[...29 lines deleted...]
-      <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7E20" w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191AF17A" w14:textId="3E95AC9C" w:rsidR="000D1726" w:rsidRPr="00543068" w:rsidRDefault="000D1726" w:rsidP="000C7D78">
+    <w:p w14:paraId="191AF17A" w14:textId="5D1427A9" w:rsidR="000D1726" w:rsidRPr="00543068" w:rsidRDefault="000D1726" w:rsidP="000C7D78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="000C7D78">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C7D78" w:rsidRPr="000C7D78">
         <w:fldChar w:fldCharType="begin">
@@ -4186,72 +5015,72 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1872D7E4" w14:textId="77777777" w:rsidR="007C4312" w:rsidRDefault="007C4312" w:rsidP="000D1726">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1908370999"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -4294,140 +5123,151 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4B3A1E8C" w14:textId="77777777" w:rsidR="007C4312" w:rsidRDefault="007C4312" w:rsidP="000D1726">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="560A7E33" w14:textId="77777777" w:rsidR="007C4312" w:rsidRDefault="007C4312" w:rsidP="000D1726">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4B76EC93" w14:textId="28A3A344" w:rsidR="000D1726" w:rsidRDefault="000D1726" w:rsidP="000D1726">
-    <w:r w:rsidRPr="000D1726">
+  <w:p w14:paraId="767324D0" w14:textId="2395D426" w:rsidR="00D40E6D" w:rsidRDefault="00D40E6D" w:rsidP="00D40E6D">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00223ADC">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28BB25E5" wp14:editId="1A45BEDE">
-[...2 lines deleted...]
-          <wp:docPr id="1262052403" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45F8757E" wp14:editId="67C04BBF">
+          <wp:extent cx="2376728" cy="882650"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:docPr id="429555405" name="Picture 1" descr="Cannock Chase Council and Stafford Borough Council working together logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1262052403" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPr id="429555405" name="Picture 1" descr="Cannock Chase Council and Stafford Borough Council working together logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2334382" cy="599158"/>
+                    <a:ext cx="2418304" cy="898090"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CD70E4F" w14:textId="082EC6B8" w:rsidR="00826DD2" w:rsidRDefault="00826DD2" w:rsidP="000D1726"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UVKZRw1VjqZoIIxKQdlRy+LY7IcI1MHGLMpMyKSIBJrXDWj41ALZifKXgTeenf6DED22tEnyYlIXMR7HK80LdA==" w:salt="e67VWeK8/KlGun/xMwAFQQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7WIRO1zwR5COdF8YA+u88uWi914jLyWc1zEt3HMpX1l++ntG5mvQxRgf060UtNo29J7aYXC3w9BI4i9UZdpm1A==" w:salt="0OoPVGa+RrKn9g1ohvI/sg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D1726"/>
     <w:rsid w:val="000C7D78"/>
     <w:rsid w:val="000D1726"/>
     <w:rsid w:val="001720A8"/>
+    <w:rsid w:val="002A7E20"/>
+    <w:rsid w:val="004128E3"/>
     <w:rsid w:val="0043635C"/>
     <w:rsid w:val="00543068"/>
+    <w:rsid w:val="0061032E"/>
+    <w:rsid w:val="00662005"/>
     <w:rsid w:val="00735294"/>
     <w:rsid w:val="00781D44"/>
+    <w:rsid w:val="007A518E"/>
     <w:rsid w:val="007C4312"/>
     <w:rsid w:val="00826DD2"/>
     <w:rsid w:val="008A11EB"/>
     <w:rsid w:val="00C42287"/>
     <w:rsid w:val="00C50560"/>
     <w:rsid w:val="00CF1D5F"/>
+    <w:rsid w:val="00D40E6D"/>
     <w:rsid w:val="00DD427E"/>
+    <w:rsid w:val="00EA3FF5"/>
     <w:rsid w:val="00EF73E8"/>
     <w:rsid w:val="00F1359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1031"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4814,51 +5654,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001720A8"/>
+    <w:rsid w:val="00D40E6D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000D1726"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
@@ -4871,65 +5711,59 @@
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000D1726"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000D1726"/>
+    <w:rsid w:val="00D40E6D"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000D1726"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
@@ -5080,57 +5914,56 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000D1726"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="000D1726"/>
+    <w:rsid w:val="00D40E6D"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000D1726"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000D1726"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -5416,51 +6249,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D1726"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffordbc.gov.uk/privacynotices" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffordbc.gov.uk/privacynotices" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5722,70 +6555,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3649</Characters>
+  <Pages>5</Pages>
+  <Words>865</Words>
+  <Characters>4179</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>321</Lines>
+  <Paragraphs>315</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4281</CharactersWithSpaces>
+  <CharactersWithSpaces>4729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rhi Bickley</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>