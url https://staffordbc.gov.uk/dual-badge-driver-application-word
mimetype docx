--- v0 (2026-01-22)
+++ v1 (2026-02-25)
@@ -68,74 +68,60 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1DCB4BF2" w14:textId="77777777" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r>
         <w:t xml:space="preserve">Licences are issued for three years providing the applicant pass an initial interview with a Licensing Officer, a medical with Occupational Health </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>and also</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> a written knowledge test.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B3FC27" w14:textId="4BD5389B" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r>
         <w:t xml:space="preserve">Applicants are also required to have an Enhanced Criminal Disclosure (DBS) check and to subscribe to the DBS Online Update Service within 30 days of your certificate’s issue date. </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>secure.crbonline.gov.uk/</w:t>
-[...13 lines deleted...]
-          <w:t>/apply</w:t>
+          <w:t>secure.crbonline.gov.uk/crsc/apply</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2A94B3E2" w14:textId="6C0EA764" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r>
         <w:t>For further instruction on how to subscribe, please see our website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07195D2A" w14:textId="1CAAA041" w:rsidR="007D54B7" w:rsidRDefault="00F37B82" w:rsidP="007D54B7">
+    <w:p w14:paraId="07195D2A" w14:textId="1CAAA041" w:rsidR="007D54B7" w:rsidRDefault="00BF6D41" w:rsidP="007D54B7">
       <w:r>
         <w:pict w14:anchorId="58D29FA0">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="004EF896" w14:textId="77777777" w:rsidR="007D54B7" w:rsidRPr="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D54B7">
         <w:t>To apply for a Dual Badge Driving Licence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D482E2" w14:textId="77777777" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r>
         <w:t>You must be 21 years or older and hold a full DVLA driving licence for more than 12 months for the class of vehicle that you are intending to drive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566226C6" w14:textId="35636905" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r>
         <w:t xml:space="preserve">All applicants should submit the required documentation, as indicated below, via post or by hand to the Council Reception desk. </w:t>
       </w:r>
       <w:r w:rsidRPr="007D54B7">
         <w:t>You will be then contacted by the Licensing Section to arrange an interview</w:t>
@@ -148,97 +134,106 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>completed Driver Application Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247B62FF" w14:textId="52B0DEDE" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="00F7599E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>current Full Paper or Photo Card Driving Licence and Online Counterpart Sharing Code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C918550" w14:textId="7701969B" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="00F7599E">
+    <w:p w14:paraId="2C918550" w14:textId="7936ED2B" w:rsidR="007D54B7" w:rsidRDefault="00BF6D41" w:rsidP="00BF6D41">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE29F0">
+        <w:t>ompleted DBS Application via Aarons Department</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE29F0">
+        <w:t>nce certificate is received, applicants must sign up to the online update service with the DBS, please see this link;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF5450">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00DF5450">
+          <w:rPr>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>www.gov.uk/dbs-update-service</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="65B41C23" w14:textId="59C91A9D" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="00F7599E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">completed DBS Application and original documents for the Licensing Service to verify and send to the DBS. Once certificate is received, applicants must sign up to the online update service with the DBS; </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="65B41C23" w14:textId="59C91A9D" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="00F7599E">
+        <w:t>one passport type photograph in colour</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A84EE5" w14:textId="77CFCADA" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="00F7599E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t>one passport type photograph in colour</w:t>
-[...11 lines deleted...]
-      <w:r>
         <w:t>payment of application fee (this includes payment for your Medical, DBS application, first Knowledge Test and 3-year Licence (non-refundable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="598DAA48" w14:textId="7DA2CD40" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="006832AF">
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>In the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> an applicant holds 7 or more ‘live’ points on their DVLA driving licence, has received a driving ban or been convicted of an offence for driving without due care or attention, they will be required to undertake a driving assessment. Please see our policy for more information. The driving assessment fee is an additional payment made directly to the Council’s nominated assessor upon booking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4040D9E1" w14:textId="77777777" w:rsidR="007D54B7" w:rsidRPr="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:r w:rsidRPr="007D54B7">
         <w:t xml:space="preserve">Following your appointed interview with the Licensing Team, payment for the application should be made. Upon receipt of payment, you will be given a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D54B7">
         <w:t>Medical</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D54B7">
         <w:t xml:space="preserve"> form.</w:t>
@@ -269,51 +264,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>payments must be made by cheque (made payable to Stafford Borough Council) or by debit card over the phone to 01785 619745 or at our Council Reception desk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D941C99" w14:textId="13E23F59" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>full payment must be made on the day of your appointed interview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B5698D" w14:textId="2B400E20" w:rsidR="007D54B7" w:rsidRDefault="00F37B82" w:rsidP="007D54B7">
+    <w:p w14:paraId="22B5698D" w14:textId="2B400E20" w:rsidR="007D54B7" w:rsidRDefault="00BF6D41" w:rsidP="007D54B7">
       <w:r>
         <w:pict w14:anchorId="02AC68E0">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="70ED5EBA" w14:textId="77777777" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:pPr>
         <w:sectPr w:rsidR="007D54B7" w:rsidSect="007D54B7">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ABED312" w14:textId="42955222" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D54B7">
@@ -332,96 +327,82 @@
     </w:p>
     <w:p w14:paraId="6418C529" w14:textId="3DD18F3B" w:rsidR="007D54B7" w:rsidRDefault="007D54B7" w:rsidP="007D54B7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D54B7">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">If any person knowingly or recklessly </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D54B7">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>make</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D54B7">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a false statement or omits any material particulars in giving </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> he/she shall be guilty of an offence.</w:t>
+        <w:t xml:space="preserve"> a false statement or omits any material particulars in giving information he/she shall be guilty of an offence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3797AB05" w14:textId="77777777" w:rsidR="006832AF" w:rsidRDefault="006832AF" w:rsidP="006832AF">
       <w:r>
         <w:t xml:space="preserve">Please ensure that you answer </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the questions below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4F9782" w14:textId="27CA9A96" w:rsidR="006832AF" w:rsidRDefault="006832AF" w:rsidP="006832AF">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Failure to do so will result in your application being rejected at interview.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FCA9E9" w14:textId="40FE5097" w:rsidR="005E12C3" w:rsidRDefault="00F37B82" w:rsidP="006832AF">
+    <w:p w14:paraId="58FCA9E9" w14:textId="40FE5097" w:rsidR="005E12C3" w:rsidRDefault="00BF6D41" w:rsidP="006832AF">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="7A4EED9B">
           <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B238FF2" w14:textId="06F267BB" w:rsidR="005E12C3" w:rsidRDefault="005E12C3" w:rsidP="005E12C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Personal Details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094D4064" w14:textId="5B6553FC" w:rsidR="006832AF" w:rsidRDefault="006832AF" w:rsidP="00A46A90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2226,51 +2207,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="035FCF21" w14:textId="582782A9" w:rsidR="00D02F68" w:rsidRDefault="00F37B82" w:rsidP="00D02F68">
+    <w:p w14:paraId="035FCF21" w14:textId="582782A9" w:rsidR="00D02F68" w:rsidRDefault="00BF6D41" w:rsidP="00D02F68">
       <w:r>
         <w:pict w14:anchorId="67CDAB0A">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C0A37F9" w14:textId="54808C42" w:rsidR="009F0CB7" w:rsidRDefault="00D02F68" w:rsidP="00D02F68">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section A: Details of Previous Convictions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5130D8FB" w14:textId="0F1E73F7" w:rsidR="00D02F68" w:rsidRDefault="00F75531" w:rsidP="00803DB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="634" w:hanging="634"/>
       </w:pPr>
       <w:r w:rsidRPr="00F75531">
         <w:t>Within the past 12 months, have you been convicted of any motoring offences or have you received any fixed penalty notices? If yes, please give details in Section B.</w:t>
@@ -2720,51 +2701,51 @@
       </w:r>
       <w:r w:rsidRPr="00342B11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00342B11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00342B11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00342B11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2DBFC7" w14:textId="207F8DA5" w:rsidR="003B3699" w:rsidRDefault="00F37B82" w:rsidP="00F1672E">
+    <w:p w14:paraId="5C2DBFC7" w14:textId="207F8DA5" w:rsidR="003B3699" w:rsidRDefault="00BF6D41" w:rsidP="00F1672E">
       <w:r>
         <w:pict w14:anchorId="1C27088B">
           <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DEC3D4F" w14:textId="3F3800C3" w:rsidR="00F1672E" w:rsidRDefault="00BD2437" w:rsidP="00A57229">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore/>
       </w:pPr>
       <w:r>
         <w:t>Section B: Convictions Cautions and Pending Prosecution Details (including Motoring and Criminal)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
@@ -4712,91 +4693,83 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FC095D" w14:textId="6D55D629" w:rsidR="004A13CD" w:rsidRDefault="00F37B82" w:rsidP="007D02F0">
+    <w:p w14:paraId="20FC095D" w14:textId="6D55D629" w:rsidR="004A13CD" w:rsidRDefault="00BF6D41" w:rsidP="007D02F0">
       <w:r>
         <w:pict w14:anchorId="146B2422">
           <v:rect id="_x0000_i1030" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2521E601" w14:textId="55D3CBCF" w:rsidR="004A13CD" w:rsidRDefault="00C03720" w:rsidP="00C03720">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Declaration of Applicant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CED04E" w14:textId="77777777" w:rsidR="002C2898" w:rsidRDefault="002C2898" w:rsidP="002C2898">
       <w:r>
         <w:t>I hereby declare that the information I have given is true, complete and correct and that I have no objection to the information being verified. I have read the Taxi Policy and Conditions and understand that before the Council can determine this application for a Licence, it will need an enhanced disclosure from the Disclosure &amp; Barring Service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32A0C617" w14:textId="7A3320BE" w:rsidR="002C2898" w:rsidRDefault="002C2898" w:rsidP="002C2898">
       <w:r>
         <w:t>Your right to work/remain in the UK will be checked as part of your licence application, this could include the licensing authority checking your immigration status with the Home Office. We may otherwise share information with the Home Office. You must therefore provide a document(s) that are stipulated as being suitable for this check. The list of documents is set out at (Home Office Guidance).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D1AE75" w14:textId="77777777" w:rsidR="002C2898" w:rsidRDefault="002C2898" w:rsidP="002C2898">
       <w:r>
         <w:t>You must provide the original document(s), such as your passport or biometric residence permit, as indicated in the published guidance, so that the checks can take place. The document(s) will be copied and retained by the licensing authority. The original document(s) will be returned to you. Your application will not be considered valid until all the necessary information and original document(s) have been produced and the relevant fee has been paid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322D9836" w14:textId="114F58A0" w:rsidR="00C03720" w:rsidRDefault="002C2898" w:rsidP="002C2898">
       <w:r>
-        <w:t xml:space="preserve">If there are restrictions on the length of time you may work in the UK, your licence will not be issued for any longer than this period. In such circumstances the check will be repeated each time you apply to renew or extend your licence, If, during this period, you are disqualified from holding a licence because you have not complied with the UK’s immigration laws, your licence will </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and you must return it to the licensing authority. Failure to do so is a criminal offence.</w:t>
+        <w:t>If there are restrictions on the length of time you may work in the UK, your licence will not be issued for any longer than this period. In such circumstances the check will be repeated each time you apply to renew or extend your licence, If, during this period, you are disqualified from holding a licence because you have not complied with the UK’s immigration laws, your licence will lapse and you must return it to the licensing authority. Failure to do so is a criminal offence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57907804" w14:textId="77777777" w:rsidR="008E6AFF" w:rsidRPr="008E6AFF" w:rsidRDefault="008E6AFF" w:rsidP="008E6AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E6AFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Applicants are reminded that to make a false declaration or to omit any particulars for the purpose of obtaining a licence may make them liable to prosecution for a criminal offence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F7FE30" w14:textId="6071BE23" w:rsidR="008E6AFF" w:rsidRDefault="008E6AFF" w:rsidP="008E6AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E6AFF">
@@ -5001,51 +4974,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006832AF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71089A38" w14:textId="0BA12AEC" w:rsidR="00F908B0" w:rsidRDefault="00F37B82" w:rsidP="00B23825">
+    <w:p w14:paraId="71089A38" w14:textId="0BA12AEC" w:rsidR="00F908B0" w:rsidRDefault="00BF6D41" w:rsidP="00B23825">
       <w:r>
         <w:pict w14:anchorId="3BF04559">
           <v:rect id="_x0000_i1031" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BF6429" w14:textId="77777777" w:rsidR="00F908B0" w:rsidRDefault="00F908B0" w:rsidP="00F908B0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>How we use your personal information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F0E73BC" w14:textId="6438F410" w:rsidR="00F908B0" w:rsidRDefault="00F908B0" w:rsidP="00B23825">
       <w:r>
         <w:t xml:space="preserve">The information that you have provided on this form will be used by Stafford Borough Council, who are the data controller, for the processing of your application and providing you with a licence. We only keep this data for the time specified in our retention schedule. We will only share your information with/ or on The Public Register, The Home Office, other Government agencies, Council departments and Enforcement agencies and the National Fraud Initiative when necessary or where the law otherwise requires or allows us to do so. For further information, please see </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="002D591B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.staffordbc.gov.uk/privacynotices</w:t>
         </w:r>
@@ -6892,114 +6865,116 @@
   <w:num w:numId="10" w16cid:durableId="988633908">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="269094649">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2017614492">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="862671374">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="453791065">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="933242534">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Hcgp4SwJQ4Qcn04vtpRoCaTnckBOJ7GzZ6S+VjTXmxBPzxMdBTSexaHRdqFizwNwei73sVT63cNe6zrm1KSMCA==" w:salt="0F7Sz/3giyhikzQUO3NSqA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="a+XnJiNpF0sm9FIV17W6V2uLuUfEjvK1MOzxUlnlZSwb8ubcUWONkHyv5iiDBcNeVbh+gs4zMfMJsejTseNO7A==" w:salt="9yLQhPz8lGv3J5BcvjaBIA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D54B7"/>
     <w:rsid w:val="000C6012"/>
     <w:rsid w:val="00202320"/>
     <w:rsid w:val="00207E12"/>
     <w:rsid w:val="002432EC"/>
     <w:rsid w:val="002A6883"/>
     <w:rsid w:val="002C2898"/>
     <w:rsid w:val="003103BA"/>
     <w:rsid w:val="00342B11"/>
     <w:rsid w:val="00346F77"/>
     <w:rsid w:val="00375D9D"/>
     <w:rsid w:val="003A35AE"/>
+    <w:rsid w:val="003A3C20"/>
     <w:rsid w:val="003A79D8"/>
     <w:rsid w:val="003B3699"/>
     <w:rsid w:val="003B5867"/>
     <w:rsid w:val="004A13CD"/>
     <w:rsid w:val="00532BBD"/>
     <w:rsid w:val="00543068"/>
     <w:rsid w:val="005E12C3"/>
     <w:rsid w:val="0064391C"/>
     <w:rsid w:val="006832AF"/>
     <w:rsid w:val="006B6EDB"/>
     <w:rsid w:val="0073336D"/>
     <w:rsid w:val="00773CFE"/>
     <w:rsid w:val="00782B99"/>
     <w:rsid w:val="007D02F0"/>
     <w:rsid w:val="007D54B7"/>
     <w:rsid w:val="00803DB1"/>
     <w:rsid w:val="00850313"/>
     <w:rsid w:val="008B714D"/>
     <w:rsid w:val="008C13A6"/>
     <w:rsid w:val="008E3B34"/>
     <w:rsid w:val="008E6AFF"/>
     <w:rsid w:val="0092580D"/>
     <w:rsid w:val="009F0CB7"/>
     <w:rsid w:val="00A46A90"/>
     <w:rsid w:val="00A47932"/>
     <w:rsid w:val="00A5601B"/>
     <w:rsid w:val="00A57229"/>
     <w:rsid w:val="00B23825"/>
     <w:rsid w:val="00B6510C"/>
     <w:rsid w:val="00B9422C"/>
     <w:rsid w:val="00BD2437"/>
+    <w:rsid w:val="00BF6D41"/>
     <w:rsid w:val="00C03720"/>
     <w:rsid w:val="00C76A96"/>
     <w:rsid w:val="00D02F68"/>
     <w:rsid w:val="00D65A70"/>
     <w:rsid w:val="00DD427E"/>
     <w:rsid w:val="00F1672E"/>
     <w:rsid w:val="00F16C26"/>
     <w:rsid w:val="00F228FB"/>
     <w:rsid w:val="00F37B82"/>
     <w:rsid w:val="00F558D8"/>
     <w:rsid w:val="00F61C0F"/>
     <w:rsid w:val="00F730B0"/>
     <w:rsid w:val="00F75531"/>
     <w:rsid w:val="00F7599E"/>
     <w:rsid w:val="00F76789"/>
     <w:rsid w:val="00F908B0"/>
     <w:rsid w:val="00FA5A3A"/>
     <w:rsid w:val="00FC1CBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -8371,79 +8346,79 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1675</Words>
-  <Characters>9553</Characters>
+  <Words>1837</Words>
+  <Characters>9356</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>283</Lines>
+  <Paragraphs>196</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Application for Dual Badge Hackney Carriage/Private Hire Driver’s Licence</vt:lpstr>
       <vt:lpstr>    To apply for a Dual Badge Driving Licence</vt:lpstr>
       <vt:lpstr>        Payment:</vt:lpstr>
       <vt:lpstr>    Application for a Dual Badge Drivers Licence</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11206</CharactersWithSpaces>
+  <CharactersWithSpaces>10997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rhi Bickley</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>